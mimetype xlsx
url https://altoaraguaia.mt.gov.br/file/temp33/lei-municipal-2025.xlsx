--- v0 (2025-11-05)
+++ v1 (2025-11-19)
@@ -12,59 +12,77 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Decrição</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>VER</t>
+  </si>
+  <si>
+    <t>Alto Araguaia autoriza convênio com Rotary para fabricação de lixeiras comunitárias de grande porteAutoriza a celebração de convênio com o Rotary Clube de Santa Rita do Araguaia/Alto Araguaia para a fabricação de lixeiras comunitárias de grande porte.</t>
+  </si>
+  <si>
+    <t>4670/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal 4668/2025 declara utilidade pública da Associação Araguaiense de Futsal AAF em Alto Araguaia MTDeclara de utilidade pública a Associação Araguaiense de Futsal - AAF e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4668/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal 4667/2025Dispõe sobre o processo de escolha dos gestores das instituições de ensino da rede pública municipal de Alto Araguaia.</t>
+  </si>
+  <si>
+    <t>4667/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 4666/2025Altera dispositivos e anexos da Lei municipal nº 4.604/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>4666/2025</t>
   </si>
   <si>
     <t>Dispõe sobre a prevenção e o combate aos maus-tratos contra animais no Município de Alto Araguaia e dá outras providências.Dispõe sobre a prevenção e o combate aos maus-tratos contra animais no Município de Alto Araguaia e dá outras providências.</t>
   </si>
   <si>
     <t>4661/2025</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 3.279, de 03 de dezembro de 2013, que dispõe sobre a responsabilidade por valores referentes às multas de trânsito decorrentes de infrações cometidas por funcionAltera dispositivo da Lei Municipal nº 3.279, de 03 de dezembro de 2013, que dispõe sobre a responsabilidade por valores referentes às multas de trânsito decorrentes de infrações cometidas por funcionário público na condução de veículo oficial.</t>
   </si>
   <si>
     <t>4660/2025</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.969, de 12 de abril de 2006.Altera dispositivos da Lei Municipal nº 1.969, de 12 de abril de 2006.</t>
   </si>
   <si>
     <t>4658/2025</t>
   </si>
@@ -326,50 +344,56 @@
     <t>4616/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 4615/2025Dispõe sobre a concessão da revisão geral de subsídios dos servidores públicos efetivos dos poderes e órgãos autônomos do município de Alto Araguaia e dá outras providências.</t>
   </si>
   <si>
     <t>4615/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 4614/2025Dispõe sobre a utilização das cores da Bandeira do Município na pintura e identificação dos bens públicos municipais, utilização do Brasão Municipal nos documentos oficiais, bem como estabelece critérios a respeito de publicidade governamental.</t>
   </si>
   <si>
     <t>4614/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 3729/2025Autoriza o Poder Executivo a realizar pagamentos de premiações às equipes participantes do III Olimbairros.</t>
   </si>
   <si>
     <t>3729/2025</t>
   </si>
   <si>
     <t>Autorização para Concessão de Direito Real de Uso de Imóvel PúblicoA lei autoriza a concessão de uso gratuito de um imóvel público para fins comerciais, com condições específicas para o concessionário.</t>
   </si>
   <si>
     <t>2087/2025</t>
+  </si>
+  <si>
+    <t>Lei nº 4.672/2025Dispõe sobre leilão para alienação de lotes sem posse consolidada, legitimação de posse para moradia e subsistência, critérios de avaliação, prazos para implantação e possibilidade de retrocessão, com base na Lei 14.133/2021.</t>
+  </si>
+  <si>
+    <t>0672/2025</t>
   </si>
   <si>
     <t>Autoriza doação de bens inservíveis ao Rotary Club em Alto Araguaia e dá outras providênciasDoação de sucatas e materiais sem uso do patrimônio municipal ao Rotary Club de Santa Rita e Alto Araguaia, com renda destinada à compra de filtros de barro, conforme laudo da Comissão Patrimonial e Anexo I</t>
   </si>
   <si>
     <t>Regularização fundiária de loteamentos urbanos consolidados - Lei Complementar 3.287/2013Disciplina os procedimentos para regularização fundiária de loteamentos urbanos consolidados no Município de Alto Araguaia</t>
   </si>
   <si>
     <t>Lei Geral Municipal das Microempresas e Empresas de Pequeno Porte de Alto AraguaiaConheça as regras municipais sobre incentivos fiscais, registro, alvarás, licitações, estímulo ao crédito e apoio ao empreendedorismo para microempresas e empresas de pequeno porte em Alto Araguaia.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -682,51 +706,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C55"/>
+  <dimension ref="A1:C59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -787,78 +811,78 @@
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>19</v>
       </c>
       <c r="B10" t="s">
         <v>20</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B12" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>29</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>30</v>
       </c>
       <c r="B16" t="s">
         <v>31</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>32</v>
       </c>
@@ -1164,66 +1188,102 @@
       </c>
       <c r="C50"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>100</v>
       </c>
       <c r="B51" t="s">
         <v>101</v>
       </c>
       <c r="C51"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>102</v>
       </c>
       <c r="B52" t="s">
         <v>103</v>
       </c>
       <c r="C52"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>104</v>
       </c>
-      <c r="B53"/>
+      <c r="B53" t="s">
+        <v>105</v>
+      </c>
       <c r="C53"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="B54"/>
+        <v>106</v>
+      </c>
+      <c r="B54" t="s">
+        <v>107</v>
+      </c>
       <c r="C54"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="B55"/>
+        <v>108</v>
+      </c>
+      <c r="B55" t="s">
+        <v>109</v>
+      </c>
       <c r="C55"/>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" t="s">
+        <v>110</v>
+      </c>
+      <c r="B56" t="s">
+        <v>111</v>
+      </c>
+      <c r="C56"/>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" t="s">
+        <v>112</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57"/>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" t="s">
+        <v>113</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58"/>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" t="s">
+        <v>114</v>
+      </c>
+      <c r="B59"/>
+      <c r="C59"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>