--- v1 (2025-11-19)
+++ v2 (2025-12-03)
@@ -12,119 +12,146 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>Decrição</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>VER</t>
   </si>
   <si>
+    <t>Lei Municipal N° 4672/2025Regulamenta a comercialização e regularização de posse áreas do Distrito Industrial, objeto da Matrícula nº 4.573, do Cartório de Registro de Imóveis da Comarca de Alto Araguaia.</t>
+  </si>
+  <si>
+    <t>4672/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4671/2025Altera e revoga dispositivos à Lei Municipal nº 4.667, de 21 de outubro de 2025.</t>
+  </si>
+  <si>
+    <t>4671/2025</t>
+  </si>
+  <si>
     <t>Alto Araguaia autoriza convênio com Rotary para fabricação de lixeiras comunitárias de grande porteAutoriza a celebração de convênio com o Rotary Clube de Santa Rita do Araguaia/Alto Araguaia para a fabricação de lixeiras comunitárias de grande porte.</t>
   </si>
   <si>
     <t>4670/2025</t>
   </si>
   <si>
+    <t>Lei Municipal N° 4670/2025Autoriza a celebração de convênio com o Rotary Clube de Santa Rita do Araguaia/Alto Araguaia, para a fabricação de lixeiras comunitárias de grande porte.</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4669/2025Altera o nome da Avenida do Futuro, localizada no Bairro vista Araguaia, para Avenida Dr. Fabrício Martins Campos Freitas.</t>
+  </si>
+  <si>
+    <t>4669/2025</t>
+  </si>
+  <si>
     <t>Lei Municipal 4668/2025 declara utilidade pública da Associação Araguaiense de Futsal AAF em Alto Araguaia MTDeclara de utilidade pública a Associação Araguaiense de Futsal - AAF e dá outras providências.</t>
   </si>
   <si>
     <t>4668/2025</t>
   </si>
   <si>
     <t>Lei Municipal 4667/2025Dispõe sobre o processo de escolha dos gestores das instituições de ensino da rede pública municipal de Alto Araguaia.</t>
   </si>
   <si>
     <t>4667/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 4666/2025Altera dispositivos e anexos da Lei municipal nº 4.604/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>4666/2025</t>
   </si>
   <si>
     <t>Dispõe sobre a prevenção e o combate aos maus-tratos contra animais no Município de Alto Araguaia e dá outras providências.Dispõe sobre a prevenção e o combate aos maus-tratos contra animais no Município de Alto Araguaia e dá outras providências.</t>
   </si>
   <si>
     <t>4661/2025</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 3.279, de 03 de dezembro de 2013, que dispõe sobre a responsabilidade por valores referentes às multas de trânsito decorrentes de infrações cometidas por funcionAltera dispositivo da Lei Municipal nº 3.279, de 03 de dezembro de 2013, que dispõe sobre a responsabilidade por valores referentes às multas de trânsito decorrentes de infrações cometidas por funcionário público na condução de veículo oficial.</t>
   </si>
   <si>
     <t>4660/2025</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.969, de 12 de abril de 2006.Altera dispositivos da Lei Municipal nº 1.969, de 12 de abril de 2006.</t>
   </si>
   <si>
     <t>4658/2025</t>
   </si>
   <si>
     <t>Altera DISPOSITIVOS da Lei Municipal nº 3.451, de 17 de junho de 2014, atualizando a malha viária que compõe o Sistema de Transportes do Município de Alto AraguaiaAltera DISPOSITIVOS da Lei Municipal nº 3.451, de 17 de junho de 2014, atualizando a malha viária que compõe o Sistema de Transportes do Município de Alto Araguaia</t>
   </si>
   <si>
     <t>4657/2025</t>
   </si>
   <si>
     <t>Abertura de Crédito Adicional Especial para Manutenção do Hospital Municipal de Alto AraguaiaDispõe sobre a abertura de Crédito Adicional Especial no Orçamento do Exercício de 2025</t>
   </si>
   <si>
     <t>4656/2025</t>
   </si>
   <si>
+    <t>Lei Municipal N° 4656/2025Dispõe sobre a abertura de Crédito Adicional Especial no Orçamento do Exercício de 2025, lei nº 4611 de 04 de dezembro de 2024.</t>
+  </si>
+  <si>
     <t>Revogação da Lei Municipal 4.620 e restauração de dispositivo anterior em Alto AraguaiaRevoga a Lei Municipal 4.620 de 2025 e restaura vigência de artigo da Lei 4.605 de 2024</t>
   </si>
   <si>
     <t>4655/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4655/2025Revoga a Lei Municipal nº 4.620, de 10 de fevereiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>Lei Municipal N° 4654/2025Dispõe sobre a abertura de Crédito Adicional Suplementar no Orçamento do Exercício de 2025, Lei nº 4611 de 26 de novembro de 2024.</t>
   </si>
   <si>
     <t>4654/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 4653/2025Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2026.</t>
   </si>
   <si>
     <t>4653/2025</t>
   </si>
   <si>
     <t>Estabelece as diretrizes para elaboração e execução do orçamento municipal de Alto Araguaia, abrangendo prioridades, metas, estrutura orçamentária, regras para despesas, receitas, pessoal, previdênciaEstabelece as diretrizes para elaboração e execução do orçamento municipal de Alto Araguaia, abrangendo prioridades, metas, estrutura orçamentária, regras para despesas, receitas, pessoal, previdência, alterações tributárias e anexos de metas fiscais.</t>
   </si>
   <si>
     <t>LEI MUNICIPAL Nº 4.652, DE 09 DE JULHO 2025Altera a Lei nº 4.255, de 11 de março de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>4652/2025</t>
   </si>
   <si>
     <t>LEI MUNICIPAL Nº 4.651, DE 09 DE JULHO 2025Autoriza o Poder Executivo a celebrar convênio com a UNEMAT e a FAEPEN/MT para execução do curso de Ciências Contábeis no Campus de Alto Araguaia.</t>
   </si>
@@ -706,584 +733,638 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C59"/>
+  <dimension ref="A1:C65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B14" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>29</v>
+      </c>
+      <c r="B16" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B17" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C17"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C18"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B19" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C19"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B20" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C20"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B21" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C21"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B22" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C22"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B23" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C23"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C24"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B25" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C25"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B26" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="C26"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B27" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C27"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B28" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C28"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B29" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C29"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B30" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C30"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B31" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C31"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B32" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C32"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B33" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C33"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B34" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C34"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B35" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C35"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B36" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C36"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B37" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C37"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B38" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C38"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B39" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C39"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B40" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C40"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="B41" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C41"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B42" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C42"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B43" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C43"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B44" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C44"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B45" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C45"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B46" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C46"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B47" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C47"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B48" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C48"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B49" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C49"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B50" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C50"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B51" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C51"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B52" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C52"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B53" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C53"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B54" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C54"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B55" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C55"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B56" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C56"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="B57"/>
+        <v>109</v>
+      </c>
+      <c r="B57" t="s">
+        <v>110</v>
+      </c>
       <c r="C57"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="B58"/>
+        <v>111</v>
+      </c>
+      <c r="B58" t="s">
+        <v>112</v>
+      </c>
       <c r="C58"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
+        <v>113</v>
+      </c>
+      <c r="B59" t="s">
         <v>114</v>
       </c>
-      <c r="B59"/>
       <c r="C59"/>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" t="s">
+        <v>115</v>
+      </c>
+      <c r="B60" t="s">
+        <v>116</v>
+      </c>
+      <c r="C60"/>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" t="s">
+        <v>117</v>
+      </c>
+      <c r="B61" t="s">
+        <v>118</v>
+      </c>
+      <c r="C61"/>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" t="s">
+        <v>119</v>
+      </c>
+      <c r="B62" t="s">
+        <v>120</v>
+      </c>
+      <c r="C62"/>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" t="s">
+        <v>121</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" t="s">
+        <v>122</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" t="s">
+        <v>123</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>