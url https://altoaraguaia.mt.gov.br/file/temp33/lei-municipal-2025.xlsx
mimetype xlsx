--- v2 (2025-12-03)
+++ v3 (2026-01-01)
@@ -12,59 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Decrição</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>VER</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4677/2025Revoga a Lei Municipal nº 4.071, de 03 de outubro de 2018.</t>
+  </si>
+  <si>
+    <t>4677/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4676/2025DECLARA AS CAVALGADAS, O TROPEIRISMO E DEMAIS TRADIÇÕES CULTURAIS LIGADAS AO MEIO RURAL, COMO PATRIMÔNIO HISTÓRICO E CULTURAL DE NATUREZA IMATERIAL DA CIDADE DE ALTO ARAGUAIA/MT, PARA FINS DO DISPOSTO NO ART. 225, § 7º, ART. 215, § 1º E ART. 30, INC. IX, DA CONSTITUIÇÃO FEDERAL.</t>
+  </si>
+  <si>
+    <t>4676/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4675/2025AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O CONSELHO DA COMUNIDADE DE ALTO ARAGUAIA E A PROMOVER A CESSÃO DE USO DE ÁREA PÚBLICA PARA FINS DE RESSOCIALIZAÇÃO E IMPLANTAÇÃO DE HORTA COMUNITÁRIA.</t>
+  </si>
+  <si>
+    <t>4675/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4674/2025Dispõe sobre o Plano Plurianual do Município de Alto Araguaia – MT, para o quadriênio 2026/2029.</t>
+  </si>
+  <si>
+    <t>4674/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4673/2025Autoriza a celebração de convênio junto ao Sindicato Rural de Alto Araguaia, para custeio de parte das despesas com a realização do 9º Leilão Direito de Viver.</t>
+  </si>
+  <si>
+    <t>4673/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 4672/2025Regulamenta a comercialização e regularização de posse áreas do Distrito Industrial, objeto da Matrícula nº 4.573, do Cartório de Registro de Imóveis da Comarca de Alto Araguaia.</t>
   </si>
   <si>
     <t>4672/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 4671/2025Altera e revoga dispositivos à Lei Municipal nº 4.667, de 21 de outubro de 2025.</t>
   </si>
   <si>
     <t>4671/2025</t>
   </si>
   <si>
     <t>Alto Araguaia autoriza convênio com Rotary para fabricação de lixeiras comunitárias de grande porteAutoriza a celebração de convênio com o Rotary Clube de Santa Rita do Araguaia/Alto Araguaia para a fabricação de lixeiras comunitárias de grande porte.</t>
   </si>
   <si>
     <t>4670/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 4670/2025Autoriza a celebração de convênio com o Rotary Clube de Santa Rita do Araguaia/Alto Araguaia, para a fabricação de lixeiras comunitárias de grande porte.</t>
   </si>
   <si>
     <t>Lei Municipal N° 4669/2025Altera o nome da Avenida do Futuro, localizada no Bairro vista Araguaia, para Avenida Dr. Fabrício Martins Campos Freitas.</t>
   </si>
@@ -733,282 +763,282 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C65"/>
+  <dimension ref="A1:C70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B9" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
         <v>23</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>24</v>
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>26</v>
       </c>
       <c r="B14" t="s">
         <v>27</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B16" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C17"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B18" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C18"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B19" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C19"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B20" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C20"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B21" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C21"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>40</v>
       </c>
       <c r="C22"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B23" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C23"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B24" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C24"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C25"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>48</v>
       </c>
       <c r="C26"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>49</v>
       </c>
       <c r="B27" t="s">
         <v>50</v>
       </c>
       <c r="C27"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>51</v>
       </c>
@@ -1305,66 +1335,111 @@
       </c>
       <c r="C60"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>117</v>
       </c>
       <c r="B61" t="s">
         <v>118</v>
       </c>
       <c r="C61"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>119</v>
       </c>
       <c r="B62" t="s">
         <v>120</v>
       </c>
       <c r="C62"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>121</v>
       </c>
-      <c r="B63"/>
+      <c r="B63" t="s">
+        <v>122</v>
+      </c>
       <c r="C63"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="B64"/>
+        <v>123</v>
+      </c>
+      <c r="B64" t="s">
+        <v>124</v>
+      </c>
       <c r="C64"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="B65"/>
+        <v>125</v>
+      </c>
+      <c r="B65" t="s">
+        <v>126</v>
+      </c>
       <c r="C65"/>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" t="s">
+        <v>127</v>
+      </c>
+      <c r="B66" t="s">
+        <v>128</v>
+      </c>
+      <c r="C66"/>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" t="s">
+        <v>129</v>
+      </c>
+      <c r="B67" t="s">
+        <v>130</v>
+      </c>
+      <c r="C67"/>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" t="s">
+        <v>131</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" t="s">
+        <v>132</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" t="s">
+        <v>133</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>