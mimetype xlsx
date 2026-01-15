--- v3 (2026-01-01)
+++ v4 (2026-01-15)
@@ -12,59 +12,111 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Decrição</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>VER</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4683/2025Estima a receita e fixa a despesa do município de Alto Araguaia, Estado de Mato Grosso, para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>4683/2025</t>
+  </si>
+  <si>
+    <t>Instituição do Plano Municipal de Agricultura Familiar de Alto AraguaiaInstitui o Plano Municipal de Agricultura Familiar de Alto Araguaia - PMAF, aprova suas ações prioritárias, cria o Fundo Municipal da Agricultura Familiar e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4682/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4682/2025Institui o Plano Municipal de Agricultura Familiar de Alto Araguaia – PMAF, aprova suas ações prioritárias, cria o Fundo Municipal da Agricultura Familiar e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Criação do Conselho Municipal de Segurança Alimentar e Nutricional de Alto AraguaiaDispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional de Alto Araguaia - CONSEA, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4681/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4681/2025Dispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional de Alto Araguaia – CONSEA, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Alteração do nome da Rua Jasmim para Rua Pedro Damião dos SantosAltera o nome da Rua Jasmim, localizada no Bairro Vista do Araguaia, para Rua Pedro Damião dos Santos.</t>
+  </si>
+  <si>
+    <t>4680/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4680/2025Altera o nome da Rua Jasmim, localizada no Bairro Vista do Araguaia, para Rua Pedro Damião dos Santos.</t>
+  </si>
+  <si>
+    <t>Proibição do abandono de veículos em Alto AraguaiaDispõe sobre a proibição do abandono de veículos em vias públicas no Município de Alto Araguaia - MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4679/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4679/2025Dispõe sobre a proibição do abandono de veículos em vias públicas no Município de Alto Araguaia - MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Instituição da Política Municipal de Apoio Integral a Mulheres em Situação de Violência Doméstica e FamiliarInstitui a Política Municipal de Apoio Integral a Mulheres em Situação de Violência Doméstica e Familiar no Município de Alto Araguaia e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4678/2025</t>
+  </si>
+  <si>
+    <t>Lei Municipal N° 4678/2025Institui a Política Municipal de Apoio Integral a Mulheres em Situação de Violência Doméstica e Familiar no Município de Alto Araguaia e dá outras
+providências.</t>
   </si>
   <si>
     <t>Lei Municipal N° 4677/2025Revoga a Lei Municipal nº 4.071, de 03 de outubro de 2018.</t>
   </si>
   <si>
     <t>4677/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 4676/2025DECLARA AS CAVALGADAS, O TROPEIRISMO E DEMAIS TRADIÇÕES CULTURAIS LIGADAS AO MEIO RURAL, COMO PATRIMÔNIO HISTÓRICO E CULTURAL DE NATUREZA IMATERIAL DA CIDADE DE ALTO ARAGUAIA/MT, PARA FINS DO DISPOSTO NO ART. 225, § 7º, ART. 215, § 1º E ART. 30, INC. IX, DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>4676/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 4675/2025AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O CONSELHO DA COMUNIDADE DE ALTO ARAGUAIA E A PROMOVER A CESSÃO DE USO DE ÁREA PÚBLICA PARA FINS DE RESSOCIALIZAÇÃO E IMPLANTAÇÃO DE HORTA COMUNITÁRIA.</t>
   </si>
   <si>
     <t>4675/2025</t>
   </si>
   <si>
     <t>Lei Municipal N° 4674/2025Dispõe sobre o Plano Plurianual do Município de Alto Araguaia – MT, para o quadriênio 2026/2029.</t>
   </si>
   <si>
     <t>4674/2025</t>
   </si>
@@ -763,683 +815,782 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C70"/>
+  <dimension ref="A1:C81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C4"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C5"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C7"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B9" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C10"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B11" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B15" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C15"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B16" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B17" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C17"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B18" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C18"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B19" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C19"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B20" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C20"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B21" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C21"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B22" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C22"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B23" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C23"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B24" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C24"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B25" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C25"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B26" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C26"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B27" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C27"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B28" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C28"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B29" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C29"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B30" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C30"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B31" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C31"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B32" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C32"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B33" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C33"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B34" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C34"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B35" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C35"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B36" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C36"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B37" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C37"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B38" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C38"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B39" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="C39"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B40" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C40"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B41" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C41"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="B42" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="C42"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B43" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C43"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B44" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C44"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B45" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C45"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="B46" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="C46"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B47" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C47"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="B48" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="C48"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B49" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C49"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B50" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="C50"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B51" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="C51"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B52" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="C52"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B53" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C53"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B54" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="C54"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B55" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="C55"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B56" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C56"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B57" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C57"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B58" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C58"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B59" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C59"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B60" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C60"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B61" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C61"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B62" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C62"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="B63" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="C63"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="B64" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C64"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B65" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C65"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="B66" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="C66"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B67" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="C67"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="B68"/>
+        <v>126</v>
+      </c>
+      <c r="B68" t="s">
+        <v>127</v>
+      </c>
       <c r="C68"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="B69"/>
+        <v>128</v>
+      </c>
+      <c r="B69" t="s">
+        <v>129</v>
+      </c>
       <c r="C69"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
+        <v>130</v>
+      </c>
+      <c r="B70" t="s">
+        <v>131</v>
+      </c>
+      <c r="C70"/>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" t="s">
+        <v>132</v>
+      </c>
+      <c r="B71" t="s">
         <v>133</v>
       </c>
-      <c r="B70"/>
-      <c r="C70"/>
+      <c r="C71"/>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" t="s">
+        <v>134</v>
+      </c>
+      <c r="B72" t="s">
+        <v>135</v>
+      </c>
+      <c r="C72"/>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" t="s">
+        <v>136</v>
+      </c>
+      <c r="B73" t="s">
+        <v>137</v>
+      </c>
+      <c r="C73"/>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" t="s">
+        <v>138</v>
+      </c>
+      <c r="B74" t="s">
+        <v>139</v>
+      </c>
+      <c r="C74"/>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" t="s">
+        <v>140</v>
+      </c>
+      <c r="B75" t="s">
+        <v>141</v>
+      </c>
+      <c r="C75"/>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" t="s">
+        <v>142</v>
+      </c>
+      <c r="B76" t="s">
+        <v>143</v>
+      </c>
+      <c r="C76"/>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" t="s">
+        <v>144</v>
+      </c>
+      <c r="B77" t="s">
+        <v>145</v>
+      </c>
+      <c r="C77"/>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" t="s">
+        <v>146</v>
+      </c>
+      <c r="B78" t="s">
+        <v>147</v>
+      </c>
+      <c r="C78"/>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" t="s">
+        <v>148</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79"/>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" t="s">
+        <v>149</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80"/>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" t="s">
+        <v>150</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>